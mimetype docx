--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -1,4037 +1,1819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0049640F" w:rsidRDefault="0045526D" w14:paraId="6A394A47" w14:textId="037DF64C">
-[...73 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A394A47" w14:textId="536E44CB" w:rsidR="0049640F" w:rsidRDefault="0045526D">
+      <w:r w:rsidRPr="4FC4A776">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>RAFT SOAR Strategic Planning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CE5E30" w14:textId="0EA41161" w:rsidR="5ED103E8" w:rsidRDefault="5ED103E8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Strengths</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEF5E28" w14:textId="0F437BF6" w:rsidR="5ED103E8" w:rsidRDefault="5ED103E8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Opportunities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A6290E" w14:textId="64EFCD40" w:rsidR="5ED103E8" w:rsidRDefault="5ED103E8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aspirations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3547258F" w14:textId="17A81EDD" w:rsidR="5ED103E8" w:rsidRDefault="5ED103E8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCFB261" w14:textId="6CEF549C" w:rsidR="0045526D" w:rsidRDefault="0045526D">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Interview questions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="3F731B13" w14:textId="1FF0207E" w14:noSpellErr="1">
+    <w:p w14:paraId="3F731B13" w14:textId="1FF0207E" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Share a story, with as much detail as possible, about one of your best experiences in 2023 working for RAFT.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="730F23BC" w14:textId="668B2EC4">
-[...5 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="63604CB1" w14:textId="5461202A" w14:noSpellErr="1">
+    <w:p w14:paraId="730F23BC" w14:textId="668B2EC4" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="63604CB1" w14:textId="5461202A" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>What are you most proud of as a member of RAFT?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="0CE0E632" w14:textId="64F47015">
-[...5 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="216473B7" w14:textId="72EC0523" w14:noSpellErr="1">
+    <w:p w14:paraId="0CE0E632" w14:textId="64F47015" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="216473B7" w14:textId="72EC0523" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>What makes RAFT unique? From this answer, what can we build on?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="19C2659C" w14:textId="320086FE">
-[...5 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="596D79EA" w14:textId="5A804BC5" w14:noSpellErr="1">
+    <w:p w14:paraId="19C2659C" w14:textId="320086FE" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="596D79EA" w14:textId="5A804BC5" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Working for RAFT, what is your proudest achievement in the last year?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="773044E8" w14:textId="7A7B8EA9">
-[...5 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="01892CDE" w14:textId="2DA66899" w14:noSpellErr="1">
+    <w:p w14:paraId="773044E8" w14:textId="7A7B8EA9" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="01892CDE" w14:textId="2DA66899" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="0C280CAF" w14:textId="42425EEB" w14:noSpellErr="1">
+      </w:pPr>
+      <w:r>
+        <w:t>How do we leverage our strengths to get results?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B19384" w14:textId="135A2A4C" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="0C280CAF" w14:textId="42425EEB" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...12 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="4417755C" w14:textId="6B16CF50" w14:noSpellErr="1">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the top three opportunities you believe RAFT should focus our efforts on?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B7E965" w14:textId="410A13FA" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="4417755C" w14:textId="6B16CF50" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>How can RAFT best meet the needs of advocates, leaders, and organizations?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="36C58D66" w14:textId="18F4C89C">
-[...5 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="016C80CF" w14:textId="3956D3AE" w14:noSpellErr="1">
+    <w:p w14:paraId="36C58D66" w14:textId="18F4C89C" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="016C80CF" w14:textId="3956D3AE" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0045526D" w:rsidP="0045526D" w:rsidRDefault="0045526D" w14:paraId="477C74A0" w14:textId="7AF8487C" w14:noSpellErr="1">
+      </w:pPr>
+      <w:r>
+        <w:t>What are possible new programs/offers RAFT can focus on?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637978F2" w14:textId="5A4580F8" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="477C74A0" w14:textId="7AF8487C" w:rsidR="0045526D" w:rsidRDefault="0045526D" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>What new skills do we need to move forward?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="528CE6B6" w14:textId="5EFEEA36">
-[...35 lines deleted...]
-    <w:p w:rsidR="00D0010B" w:rsidP="00D0010B" w:rsidRDefault="00D0010B" w14:paraId="12C105C5" w14:textId="77777777">
+    <w:p w14:paraId="0D670A66" w14:textId="77777777" w:rsidR="008A1226" w:rsidRDefault="008A1226" w:rsidP="008A1226">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D3A4D2" w14:textId="55E0C120" w:rsidR="008A1226" w:rsidRDefault="008A1226" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>What was the most appreciative quotable quote that came out of the person you interviewed?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D0010B" w:rsidP="00D0010B" w:rsidRDefault="00D0010B" w14:paraId="120717FB" w14:textId="77777777">
+        <w:t xml:space="preserve">A year from now, what results will we achieve that let you know we are successful? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD65E3D" w14:textId="77777777" w:rsidR="008A1226" w:rsidRDefault="008A1226" w:rsidP="008A1226">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C58A59D" w14:textId="25994203" w:rsidR="008A1226" w:rsidRDefault="008A1226" w:rsidP="0045526D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>What was the most compelling story the person you interviewed told?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D0010B" w:rsidP="00D0010B" w:rsidRDefault="00D0010B" w14:paraId="352FC19D" w14:textId="77777777">
+        <w:t>Three years into the future what results will we achieve that let you know we are successful?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528CE6B6" w14:textId="5EFEEA36" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776"/>
+    <w:p w14:paraId="60416631" w14:textId="65EF1E21" w:rsidR="0045526D" w:rsidRPr="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="0045526D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0010B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Notes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C055D06" w14:textId="44CE5DA3" w:rsidR="00D0010B" w:rsidRDefault="00D0010B">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEB015E" w14:textId="2727A955" w:rsidR="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="0045526D">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Interview Summary Sheet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C105C5" w14:textId="77777777" w:rsidR="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="00D0010B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>What is the most “life-giving” positive moment of the interview for you as a listener?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D0010B" w:rsidP="00D0010B" w:rsidRDefault="00D0010B" w14:paraId="04237E2E" w14:textId="77777777">
+        <w:t>What was the most appreciative quotable quote that came out of the person you interviewed?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120717FB" w14:textId="77777777" w:rsidR="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="00D0010B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Describe a particularly creative and/or innovative example of belonging that emerged during the interview.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="005E0E2E" w:rsidR="00D0010B" w:rsidP="00D0010B" w:rsidRDefault="00D0010B" w14:paraId="60AC4B87" w14:textId="77777777">
+        <w:t>What was the most compelling story the person you interviewed told?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352FC19D" w14:textId="77777777" w:rsidR="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="00D0010B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>What three themes stood out most for you during the interview?</w:t>
-[...39 lines deleted...]
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="60CC1A43" w14:textId="3555268D">
+        <w:t>What is the most “life-giving” positive moment of the interview for you as a listener?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04237E2E" w14:textId="77777777" w:rsidR="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="00D0010B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="685870E2" w14:textId="0CC583EF">
+      </w:pPr>
+      <w:r>
+        <w:t>Describe a particularly creative and/or innovative example of belonging that emerged during the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AC4B87" w14:textId="77777777" w:rsidR="00D0010B" w:rsidRPr="005E0E2E" w:rsidRDefault="00D0010B" w:rsidP="00D0010B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="0CC3881B" w14:textId="5B9DCBA9">
+      </w:pPr>
+      <w:r>
+        <w:t>What three themes stood out most for you during the interview?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5892E233" w14:textId="4215A861" w:rsidR="00D0010B" w:rsidRPr="00D0010B" w:rsidRDefault="00D0010B" w:rsidP="0045526D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Notes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1077AC1B" w14:textId="3E879820" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BB71E1" w14:textId="1C560BD6" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dream</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CC1A43" w14:textId="3555268D" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="7B8FE3B1" w14:textId="543E3997">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Review the list of themes from the whiteboard or the summary document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685870E2" w14:textId="0CC583EF" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pick one or several themes that you, as a group, MOST want to create MORE of at RAFT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC3881B" w14:textId="5B9DCBA9" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Discuss what this selection of themes means to everyone in the group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8FE3B1" w14:textId="543E3997" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Optional questions to ask during discussion: Imagine that your themes are fully implemented at RAFT:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="62418499" w14:textId="4CD05F7B">
+    <w:p w14:paraId="62418499" w14:textId="4CD05F7B" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>What do we care deeply about?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="1EF1C0A0" w:rsidP="4FC4A776" w:rsidRDefault="1EF1C0A0" w14:paraId="1A10D73D" w14:textId="35AF951D">
+    <w:p w14:paraId="1A10D73D" w14:textId="35AF951D" w:rsidR="1EF1C0A0" w:rsidRDefault="1EF1C0A0" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>How can we work, learn, and enjoy each other so we meet and exceed expected results?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3D64DA30" w14:textId="0622690E">
+    <w:p w14:paraId="3D64DA30" w14:textId="0622690E" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>What can we be the best at in our world/field?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="56204E49" w14:textId="17C5D22C">
+    <w:p w14:paraId="56204E49" w14:textId="17C5D22C" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Who should we become?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="33C7F3F7" w14:textId="6FD0CF3B">
+    <w:p w14:paraId="33C7F3F7" w14:textId="6FD0CF3B" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Where should we go in the future?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3F022B48" w14:textId="40CB748E">
+    <w:p w14:paraId="3F022B48" w14:textId="40CB748E" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>What is our most compelling dream/aspiration?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="74DAD686" w14:textId="5EE6325C">
+    <w:p w14:paraId="74DAD686" w14:textId="5EE6325C" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Work together as a group to create a visual image illustrating the future when RAFT has created more of these themes in the organization.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="771E345F" w14:textId="02B93F54">
+    <w:p w14:paraId="771E345F" w14:textId="02B93F54" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Create your possibility statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="68DE6C91">
-[...5 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidR="68DE6C91" w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/guiding statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="7A3398F8">
-[...5 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> – using your dream picture create a statement that describes RAFT in the future, as it will look like and feel like when the RAFT is at its best with these life-giving themes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FC4A776" w:rsidP="4FC4A776" w:rsidRDefault="4FC4A776" w14:paraId="77ED3401" w14:textId="2CBC45A4">
-[...34 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="77ED3401" w14:textId="2CBC45A4" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757F96C3" w14:textId="1AC8335C" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Possibility Statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="098BF9F9">
-[...7 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidR="098BF9F9" w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>/2024 Guiding statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="7A3398F8">
-[...7 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (split into groups of three)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="13C5DE2A" w14:textId="4DA6E0F3">
-[...24 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="13C5DE2A" w14:textId="4DA6E0F3" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Create a statement that describes what the organisation will look like and feel like when all the chosen themes are at their best. This statement describes your organisation in the future as if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the themes have been successfully implemented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD3EBE0" w14:textId="4A56D648" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Use these questions to help create your possibility statement:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="0DCB8B6B" w14:textId="7AA10057">
+    <w:p w14:paraId="0DCB8B6B" w14:textId="7AA10057" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Does it stretch, challenge, or interrupt the status quo?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="6303E244" w14:textId="341BC5DF">
+    <w:p w14:paraId="6303E244" w14:textId="341BC5DF" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Is it grounded? Are there examples that the ideal is a real possibility?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="06BAF4F7" w14:textId="4DCCD89D">
+    <w:p w14:paraId="06BAF4F7" w14:textId="4DCCD89D" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Is it desired? Do you and the org truly want this future?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3A4ECD0F" w14:textId="223F55C7">
+    <w:p w14:paraId="3A4ECD0F" w14:textId="223F55C7" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Is the statement affirmative and bold?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="59D5839D" w14:textId="1BB6A922">
+    <w:p w14:paraId="59D5839D" w14:textId="1BB6A922" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Does it provide guidance for the organization’s future as a whole?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="505C93C3" w14:textId="49FE39E0">
+    <w:p w14:paraId="505C93C3" w14:textId="49FE39E0" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Does it expand the zone of possible change?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3E2742C7" w14:textId="519F7F85">
+    <w:p w14:paraId="3E2742C7" w14:textId="519F7F85" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Is it a high involvement process?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="54C104C2" w14:textId="1CD3055F">
+    <w:p w14:paraId="54C104C2" w14:textId="1CD3055F" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Can it be used to stimulate organizational learning?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3C0499B7" w14:textId="2258D06F">
+    <w:p w14:paraId="3C0499B7" w14:textId="2258D06F" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w14:paraId="545BDD57" w14:textId="46FA4E96">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is it in the active voice (as if it already has been achieved, not “hope </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aim </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aspire to)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545BDD57" w14:textId="46FA4E96" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8">
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="50693F90">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="50693F90" w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Share possibility statements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="51BCD87D" w14:textId="5B18BB55">
-[...9 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="51BCD87D" w14:textId="5B18BB55" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="35B16FFD" w14:textId="0FDB155A">
-[...11 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="35B16FFD" w14:textId="0FDB155A" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Design and Deliver</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="068A1D4C" w14:textId="7C3577A4">
-[...9 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="068A1D4C" w14:textId="7C3577A4" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>In this section you are going to answer this big question:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="16DE32EA" w14:textId="68479DBF">
-[...9 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="16DE32EA" w14:textId="68479DBF" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>How are you going to make this happen?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="77E3A810" w14:textId="0D8090F2">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="77E3A810" w14:textId="0D8090F2" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>REMEMBER: focus your ideas and change process on the preferred future and possibility statement, without returning to problem solving methods. Focus on the positive.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="7778EBF3" w14:textId="123C4598">
-[...11 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="7778EBF3" w14:textId="123C4598" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Design</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="67E9AE91" w14:textId="66BA924A">
-[...9 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="67E9AE91" w14:textId="66BA924A" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>What part(s) of the dream and possibility statement you are excited to bring to life?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3993A47C" w14:textId="4CB60B76">
-[...24 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="3993A47C" w14:textId="4CB60B76" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What ideas, projects, systems, etc. can the group brainstorm that will help bring the dream/possibility statement to life? Think of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>short term</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> easy wins, as well as longer term possibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E25453A" w14:textId="6736EA3D" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Looking this list of ideas can you make a commitment, offer, or request to help move these ideas forward:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="2C372682" w14:textId="44889BD1">
-[...11 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="2C372682" w14:textId="44889BD1" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Simple commitments:</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="7A3398F8">
-[...5 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> actions that can be easily taken within 1-2 weeks and are within your current responsibilities and resources. (example: I commit to reviewing a current policy and rewriting it to match the preferred future)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="18FF466E" w14:textId="34CAAEAD">
-[...11 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="18FF466E" w14:textId="34CAAEAD" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Offers:</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="7A3398F8">
-[...22 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offer a resource, expertise, time, funding, etc. to the group that will help bring an idea to reality. The more specific your offer the better. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: I have experience with policies and would be happy to review and edit the new policy.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEFFB58" w14:textId="46DC7F57" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Requests:</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FC4A776" w:rsidR="7A3398F8">
-[...20 lines deleted...]
-          <w:lang w:val="en-CA"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ask for something from someone that you need </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work on these ideas and make them a reality. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: I need rewriting the policy to be an official project and need something else taken off my plate.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2D8D9B" w14:textId="666E5C4D" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>To start: try to focus on high-impact/low-effort ideas to get some early wins and build up towards bigger ideas about change.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="2E2E22B1" w14:textId="21E898BC">
-[...11 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="2E2E22B1" w14:textId="21E898BC" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Deliver</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="62630AB3" w14:textId="6D13BC0B">
+    <w:p w14:paraId="62630AB3" w14:textId="6D13BC0B" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>People convene to work on the initiatives they committed to</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="4D9F6EA0" w14:textId="1BC88143">
+    <w:p w14:paraId="4D9F6EA0" w14:textId="1BC88143" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Encourage improvisation – Fail. Learn. Grow.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="3D24CEC7" w14:textId="6D22CCB7">
+    <w:p w14:paraId="3D24CEC7" w14:textId="6D22CCB7" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Notice and celebrate successes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="5CC8BA33" w14:textId="357CA6F5">
+    <w:p w14:paraId="5CC8BA33" w14:textId="357CA6F5" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-CA"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Use an appreciative eye with all existing process and structures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7A3398F8" w:rsidP="4FC4A776" w:rsidRDefault="7A3398F8" w14:paraId="5A54672B" w14:textId="5BE9F448">
+    <w:p w14:paraId="5A54672B" w14:textId="5BE9F448" w:rsidR="7A3398F8" w:rsidRDefault="7A3398F8" w:rsidP="4FC4A776">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-[...29 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Make AI </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a  normal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4FC4A776">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> way of running organization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173E886B" w14:textId="75797524" w:rsidR="4FC4A776" w:rsidRDefault="4FC4A776" w:rsidP="4FC4A776">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="4FC4A776">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="063F04EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FAC0968"/>
+    <w:lvl w:ilvl="0" w:tplc="17CEA4CA">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4E2A04F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EB50F0AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E40E9332">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="807C8404">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="03DC8032">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="76900CC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="89AAB108">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="11265D86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D2A5112"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="808ABEA2"/>
+    <w:lvl w:ilvl="0" w:tplc="0608C0FE">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="733AEACC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2DA47B16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7E5E397E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F5F0B5A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="79621DCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="547A676C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="00447962">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1174CC18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1482EF75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E932D0B8"/>
+    <w:lvl w:ilvl="0" w:tplc="D6E22D38">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1B68C0C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2BB0604C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BB16CBB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10B082CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="519075DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EA5EC306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6C243C36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7534B0AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2830BDBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F260D16E"/>
+    <w:lvl w:ilvl="0" w:tplc="27B6B80E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="68645A68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="CE30A37A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="1A36F428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="54BAD83E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="6B621416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="040A46F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="8E026FB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="2E2EFC44">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="27">
-[...5 lines deleted...]
-      <w:lvlText w:val="-"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A834C4A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5EEE372"/>
+    <w:lvl w:ilvl="0" w:tplc="4A4E0AC6">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9E98A3B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF58563A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="63F2BF5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9A60D3E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FB0A6FDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8AA44B54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6C58FE38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3FB6BD92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="26">
-[...2205 lines deleted...]
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB81FE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="178CC64C"/>
     <w:lvl w:ilvl="0" w:tplc="1009000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
@@ -4076,51 +1858,852 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C163F37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96941294"/>
+    <w:lvl w:ilvl="0" w:tplc="187472B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="47F4EE50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F5600996">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="43B27626">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EAAC5A1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08A27FC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F6363060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5CBADDFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="851C234C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="353F8B14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC6A9FC8"/>
+    <w:lvl w:ilvl="0" w:tplc="23DE6EE4">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BCD601A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDF62286">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D932D9F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8FDC7B32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C8CCB48C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14BA699A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A4E6BC28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="02C6B53E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="374E0929"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F85802F2"/>
+    <w:lvl w:ilvl="0" w:tplc="5846072A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1C427DC6">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="996E7A28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F30812F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0CD818E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ABF437B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="11A65FDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="353A5D06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="028628F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AEC76E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97344F94"/>
+    <w:lvl w:ilvl="0" w:tplc="502E889E">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A98CF3A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1194D7BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="294211BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F8C8987C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4BEAB34E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5AD0451A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E586964">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC1CF838">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BBEFF4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01D49696"/>
+    <w:lvl w:ilvl="0" w:tplc="8E1A00A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4A005248">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20384D7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F88A9092">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BD8A0F60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="51408ADC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A8569D94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A00A13D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="57C8E798">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40840135"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7E4EE28"/>
+    <w:lvl w:ilvl="0" w:tplc="0FEC2920">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="250EFEE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9A66AF02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="69AC499E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8B721D1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="51606438">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="204431D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4960639C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D9FAE9A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="458B9879"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6888AF44"/>
+    <w:lvl w:ilvl="0" w:tplc="698A3C1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="406CD7D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D7268324">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6228F892">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="95567768">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="665EC0B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F4BA432E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A9A22438">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0590CC30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49272576"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39F4AC4C"/>
+    <w:lvl w:ilvl="0" w:tplc="55062D70">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="664001E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FB908A84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4DD417FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="63F2B228">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="49EC76D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6B3C5FB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F348CF12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5F083A3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52504357"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5178C136"/>
+    <w:lvl w:ilvl="0" w:tplc="ECAAC65E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="80025092">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="70281B8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7122A218">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="09240FDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A34A846">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EE8C23A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E5126BBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C5D2B284">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A007F41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AEE375E"/>
     <w:lvl w:ilvl="0" w:tplc="1009000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
@@ -4165,294 +2748,1493 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="29">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A26C1DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47227180"/>
+    <w:lvl w:ilvl="0" w:tplc="A31AC812">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="121E5638">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0244483C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="89C49282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0434997E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ECBA4A9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="42E01184">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="743CB94A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E3B4F5A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9FCB26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE5622A6"/>
+    <w:lvl w:ilvl="0" w:tplc="915294F0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2376B340">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="473413F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2B500D40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B5389384">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B9DEF1D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="45B00750">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F1A4A482">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8AAA402C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="629A853B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BAAC1BA"/>
+    <w:lvl w:ilvl="0" w:tplc="7FA2D69E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0950BA62">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F244B604">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="643228DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0F603BF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4EB00614">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="971216AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="293A113C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="99D405C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64788C69"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB6E8930"/>
+    <w:lvl w:ilvl="0" w:tplc="979485F2">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FD08C5A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7C66ECC8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="39140C02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="057011A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4DF2D1C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0E94A808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ABC07B84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E12E3D78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F770B29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E080854"/>
+    <w:lvl w:ilvl="0" w:tplc="C12EA73E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7E867A66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="107E1E24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B0FAD84E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BF4C4142">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E1B8E76C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A1DA9A94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A06CF12C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EBF82DAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7133D8F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29AAD1AE"/>
+    <w:lvl w:ilvl="0" w:tplc="A1EA32DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B6FC959C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1BFAB650">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BF1E8558">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0366E220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7638BB78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6CBCDEB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B62C3072">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F8FC7326">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="751E91DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70C222A2"/>
+    <w:lvl w:ilvl="0" w:tplc="28DE5814">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="843C981E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="39722C5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E94A5A7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EF122F9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F9943A32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E3827F16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DF72AE3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B6A6B078">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="784BE1F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB9C1F48"/>
+    <w:lvl w:ilvl="0" w:tplc="819495E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="30464F14">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="340653BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="31EEC988">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="146487E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1E0E3F42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="456CC712">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="867E0DDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5EF09DA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7885F484"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BDA7652"/>
+    <w:lvl w:ilvl="0" w:tplc="AB76824C">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3C5028A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0AFEFCFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="41F81632">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C05AB4D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="216C929E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5A9A3628">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04F6AFEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E4029C24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7940A968"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="751AF456"/>
+    <w:lvl w:ilvl="0" w:tplc="2884BB2E">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70943CC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F404D25A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="872C1466">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5A230D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFD2C69A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9B720582">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9E8604FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D55477DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AA60BA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4305FD4"/>
+    <w:lvl w:ilvl="0" w:tplc="A50AF174">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9A1A4276">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3DB25D84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EA00AC12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9E5476F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="44028D0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D766F20A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EDEE46DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6D0275D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BAE0D0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5E2F514"/>
+    <w:lvl w:ilvl="0" w:tplc="AFC00FD2">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="41D0571A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D2C202AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FB68465C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A6D81E42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0B02C5EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A4746CD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3926BABC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3BFA4464">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D869AC8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C742C482"/>
+    <w:lvl w:ilvl="0" w:tplc="3B0CC9D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BD52A61E">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4A66AFFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="539851F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0CAA2EA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="506CB24C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C338AF0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D928727E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C55859BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="701639264">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1082533665">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1789543408">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="312804857">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="244144068">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="688989128">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1873876806">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="338657025">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="488787954">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="59135964">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="966089415">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1579704882">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="434059804">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="383528349">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="164978066">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2056808763">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1236011515">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2145416888">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="19" w16cid:durableId="1113861970">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="27">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="20" w16cid:durableId="264577024">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="21" w16cid:durableId="1078213465">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="399712885">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1049961641">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="2132286507">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="335814803">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="24">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="26" w16cid:durableId="1820078731">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="23">
-[...47 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="27" w16cid:durableId="1143081558">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="28" w16cid:durableId="805271710">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="29" w16cid:durableId="710616531">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0045526D"/>
     <w:rsid w:val="00232290"/>
     <w:rsid w:val="0045526D"/>
     <w:rsid w:val="0049640F"/>
+    <w:rsid w:val="008A1226"/>
     <w:rsid w:val="00D0010B"/>
+    <w:rsid w:val="00D228CB"/>
     <w:rsid w:val="098BF9F9"/>
     <w:rsid w:val="1EF1C0A0"/>
     <w:rsid w:val="33236FE3"/>
     <w:rsid w:val="3463E37F"/>
-    <w:rsid w:val="3463E37F"/>
     <w:rsid w:val="452AF0C7"/>
-    <w:rsid w:val="474BCF05"/>
     <w:rsid w:val="474BCF05"/>
     <w:rsid w:val="4E28D715"/>
     <w:rsid w:val="4FC4A776"/>
     <w:rsid w:val="50693F90"/>
     <w:rsid w:val="56B9E561"/>
     <w:rsid w:val="5ED103E8"/>
     <w:rsid w:val="68DE6C91"/>
     <w:rsid w:val="73629743"/>
     <w:rsid w:val="7A3398F8"/>
     <w:rsid w:val="7EC6DBA6"/>
     <w:rsid w:val="7F23CC02"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C732680"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A17611AD-2ACA-4415-8738-8A849BB3D742}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4608,52 +4390,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4720,103 +4502,104 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0045526D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5083,50 +4866,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f180d0be-71cd-4b2d-b53b-ed0d60350400" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7f3c2d64-c460-4dd5-8d60-c9270f0474cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E1BD94200D58474A8916D2058AC573F2" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4a374cc7d63751c291473cd254a28938">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7f3c2d64-c460-4dd5-8d60-c9270f0474cd" xmlns:ns3="f180d0be-71cd-4b2d-b53b-ed0d60350400" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4168739d78e1cc7cef1324963a4e0f2" ns2:_="" ns3:_="">
     <xsd:import namespace="7f3c2d64-c460-4dd5-8d60-c9270f0474cd"/>
     <xsd:import namespace="f180d0be-71cd-4b2d-b53b-ed0d60350400"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5337,94 +5140,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8698042E-FC80-473D-92ED-D2E605D46204}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6B5FC71-A131-40A2-8E06-90F60F6714D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f180d0be-71cd-4b2d-b53b-ed0d60350400"/>
+    <ds:schemaRef ds:uri="7f3c2d64-c460-4dd5-8d60-c9270f0474cd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDE8B05A-0FB1-4980-8BA2-9711827D6C92}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDE8B05A-0FB1-4980-8BA2-9711827D6C92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6B5FC71-A131-40A2-8E06-90F60F6714D5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8698042E-FC80-473D-92ED-D2E605D46204}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7f3c2d64-c460-4dd5-8d60-c9270f0474cd"/>
+    <ds:schemaRef ds:uri="f180d0be-71cd-4b2d-b53b-ed0d60350400"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>855</Words>
+  <Characters>4139</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>100</Lines>
+  <Paragraphs>81</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4913</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Miller</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E1BD94200D58474A8916D2058AC573F2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>